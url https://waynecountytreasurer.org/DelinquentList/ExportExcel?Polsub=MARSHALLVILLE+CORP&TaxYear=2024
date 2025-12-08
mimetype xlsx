--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -185,104 +185,104 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1352.68</v>
+        <v>1379.73</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>215.22</v>
+        <v>219.52</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>1544.31</v>
+        <v>1575.2</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>152.88</v>
+        <v>155.94</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>