--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>12-00020.000</t>
   </si>
   <si>
     <t>ROEHRICH TIMOTHY M</t>
   </si>
   <si>
@@ -193,59 +193,50 @@
   <si>
     <t>FRANCE JASEN P</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 161</t>
   </si>
   <si>
     <t>12-00925.000</t>
   </si>
   <si>
     <t>JOHNSON JAMES MICHAEL &amp; LINDASUE</t>
   </si>
   <si>
     <t>12740 CLINTON RD</t>
   </si>
   <si>
     <t>12-00961.000</t>
   </si>
   <si>
     <t>STUBBLEFIELD LYNDON</t>
   </si>
   <si>
     <t>14360 HAMETOWN RD</t>
   </si>
   <si>
-    <t>12-00964.000</t>
-[...7 lines deleted...]
-  <si>
     <t>12-00989.000</t>
   </si>
   <si>
     <t>MEADOWS DEBORAH</t>
   </si>
   <si>
     <t>13077 E EASTON RD</t>
   </si>
   <si>
     <t>1201030</t>
   </si>
   <si>
     <t>CHIK HEATHER</t>
   </si>
   <si>
     <t xml:space="preserve">18592 EDWARDS  LOT 246</t>
   </si>
   <si>
     <t>1201081</t>
   </si>
   <si>
     <t>LONGWELL PARKER M</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 196</t>
@@ -274,86 +265,68 @@
   <si>
     <t>STEVENS JAMIE L</t>
   </si>
   <si>
     <t>18169 GRILL RD</t>
   </si>
   <si>
     <t>12-01738.000</t>
   </si>
   <si>
     <t>HOWARD JASON</t>
   </si>
   <si>
     <t>12724 SHONDEL RD</t>
   </si>
   <si>
     <t>12-01752.000</t>
   </si>
   <si>
     <t>GRESSER GREG &amp; BONNI</t>
   </si>
   <si>
     <t>12913 HAMETOWN RD</t>
   </si>
   <si>
-    <t>1201978</t>
-[...7 lines deleted...]
-  <si>
     <t>12-02480.000</t>
   </si>
   <si>
     <t>REED BARBARA A</t>
   </si>
   <si>
     <t>4430 EASTERN RD</t>
   </si>
   <si>
     <t>12-02491.004</t>
   </si>
   <si>
     <t>CONLEY ALLISON</t>
   </si>
   <si>
     <t>17978 WARWICK RD</t>
   </si>
   <si>
-    <t>1202545</t>
-[...7 lines deleted...]
-  <si>
     <t>12-02620.000</t>
   </si>
   <si>
     <t>BLARICOM ROBERT SR</t>
   </si>
   <si>
     <t>OAK GROVE DR</t>
   </si>
   <si>
     <t>12-02717.000</t>
   </si>
   <si>
     <t>WIESEN JAMES D</t>
   </si>
   <si>
     <t>14864 HAMETOWN RD</t>
   </si>
   <si>
     <t>12-02755.000</t>
   </si>
   <si>
     <t>MOINE JOSEPH H JR</t>
   </si>
   <si>
     <t>17175 GALEHOUSE RD</t>
@@ -367,59 +340,50 @@
   <si>
     <t>HAMETOWN RD</t>
   </si>
   <si>
     <t>12-03006.000</t>
   </si>
   <si>
     <t>MAKENIE ENTERPRISES LLC</t>
   </si>
   <si>
     <t>11341 BLACK DIAMOND RD</t>
   </si>
   <si>
     <t>12-03190.000</t>
   </si>
   <si>
     <t>1203207</t>
   </si>
   <si>
     <t>BRITTON WILLIAM H JR</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 199</t>
   </si>
   <si>
-    <t>1203281</t>
-[...7 lines deleted...]
-  <si>
     <t>1203353</t>
   </si>
   <si>
     <t>KINDRED JODI L</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 141</t>
   </si>
   <si>
     <t>1203427</t>
   </si>
   <si>
     <t>CONLEY CHRISTOPHER P</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 121</t>
   </si>
   <si>
     <t>1203530</t>
   </si>
   <si>
     <t>KENNER BRIAN L</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 147</t>
@@ -578,59 +542,50 @@
     <t>1207640</t>
   </si>
   <si>
     <t>BERISFORD AMY</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 74</t>
   </si>
   <si>
     <t>1207659</t>
   </si>
   <si>
     <t>GUNNOE JEANNIE M</t>
   </si>
   <si>
     <t>14740 OAK GROVE DR LOT 11</t>
   </si>
   <si>
     <t>1207688</t>
   </si>
   <si>
     <t>MANNION BETHANY L</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 136</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">14740 OAK GROVE  LOT 118</t>
   </si>
   <si>
     <t>1207745</t>
   </si>
   <si>
     <t>ROSE RODA L &amp; WILLIAM E WROS</t>
   </si>
   <si>
     <t>14740 OAKGROVE DR #67</t>
   </si>
   <si>
     <t>1207899</t>
   </si>
   <si>
     <t>MCCLURE SHELLY R</t>
   </si>
   <si>
     <t>18592 EDWARDS RD LOT 211</t>
   </si>
   <si>
     <t>1264228</t>
   </si>
   <si>
     <t>RUTHERFORD RYKA R</t>
   </si>
@@ -679,1440 +634,1340 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F68" headerRowCount="1">
-  <autoFilter ref="A1:F68"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F63" headerRowCount="1">
+  <autoFilter ref="A1:F63"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=1951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=18567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=8083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=66075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=61632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=11080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=21869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=25736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=50768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=33292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=33291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=62074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=57348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=41878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=40835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=35624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=54062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48894&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=1951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=18567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=8083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=66075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=61632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=11080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=21869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=25736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=50768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=33291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=62074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=57348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=41878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=40835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=35624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=54062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48894&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F68"/>
+  <dimension ref="A1:F63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="45.03722381591797" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="28.530065536499023" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>729.34</v>
+        <v>743.93</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>57.22</v>
+        <v>58.36</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>6785.56</v>
+        <v>6921.28</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2926.21</v>
+        <v>2984.74</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>30.49</v>
+        <v>31.1</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>71.24</v>
+        <v>72.67</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>511.09</v>
+        <v>471.31</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>3723.05</v>
+        <v>3797.51</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>343.97</v>
+        <v>350.84</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>3157.28</v>
+        <v>3220.42</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>8.07</v>
+        <v>8.23</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>31.1</v>
+        <v>31.72</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>1533.34</v>
+        <v>1564.01</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>395.65</v>
+        <v>403.5</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>11906.37</v>
+        <v>11844.5</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>30.49</v>
+        <v>31.1</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>347.02</v>
+        <v>47.96</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>1588.28</v>
+        <v>1263.05</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>57.58</v>
+        <v>9471.49</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>9722.78</v>
+        <v>2.1</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>2.06</v>
+        <v>137.51</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>134.81</v>
+        <v>72.38</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>70.96</v>
+        <v>4353.94</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>5568.56</v>
+        <v>4857.91</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>4762.66</v>
+        <v>1765.49</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>1730.87</v>
+        <v>27137.4</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>27105.27</v>
+        <v>6788.54</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>141.32</v>
+        <v>4292.13</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>6655.44</v>
+        <v>1188.36</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>4207.98</v>
+        <v>3477.49</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>30.49</v>
+        <v>1153.92</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>1165.05</v>
+        <v>3491.69</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>3409.3</v>
+        <v>1041.88</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="E35" s="2">
-        <v>1131.3</v>
+        <v>13.32</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B36" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" s="2">
-        <v>3423.22</v>
+        <v>188.78</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>1021.44</v>
+        <v>120.51</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="2">
-        <v>13.06</v>
+        <v>78.1</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E39" s="2">
-        <v>185.07</v>
+        <v>67.18</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E40" s="2">
-        <v>39.42</v>
+        <v>139.56</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E41" s="2">
-        <v>118.15</v>
+        <v>66.65</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="2">
-        <v>76.57</v>
+        <v>71.22</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E43" s="2">
-        <v>65.86</v>
+        <v>44.35</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E44" s="2">
-        <v>136.82</v>
+        <v>145.97</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="2">
-        <v>75.35</v>
+        <v>382.3</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="2">
-        <v>69.82</v>
+        <v>247.16</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="2">
-        <v>43.48</v>
+        <v>349.79</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E48" s="2">
-        <v>143.11</v>
+        <v>31.1</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B49" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>374.81</v>
+        <v>331.43</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>242.31</v>
+        <v>206.38</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="2">
-        <v>342.93</v>
+        <v>1021.84</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>30.49</v>
+        <v>10908.24</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="2">
-        <v>324.93</v>
+        <v>181.44</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E54" s="2">
-        <v>202.33</v>
+        <v>822.54</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E55" s="2">
-        <v>1001.8</v>
+        <v>3228.17</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E56" s="2">
-        <v>10694.36</v>
+        <v>31.72</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E57" s="2">
-        <v>177.88</v>
+        <v>665.55</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E58" s="2">
-        <v>806.41</v>
+        <v>4416.62</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E59" s="2">
-        <v>3164.87</v>
+        <v>829.27</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E60" s="2">
-        <v>31.1</v>
+        <v>408.38</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E61" s="2">
-        <v>652.5</v>
+        <v>1566.39</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E62" s="2">
-        <v>4380.02</v>
+        <v>68.1</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>8</v>
+        <v>190</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E63" s="2">
-        <v>813.01</v>
+        <v>5244.11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>10</v>
-[...98 lines deleted...]
-      <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2136,37 +1991,32 @@
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
-    <hyperlink ref="F64" r:id="rId64"/>
-[...3 lines deleted...]
-    <hyperlink ref="F68" r:id="rId68"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>