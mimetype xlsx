--- v1 (2025-12-09)
+++ v2 (2025-12-15)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="189">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>12-00020.000</t>
   </si>
   <si>
     <t>ROEHRICH TIMOTHY M</t>
   </si>
   <si>
@@ -200,59 +200,50 @@
     <t>12-00925.000</t>
   </si>
   <si>
     <t>JOHNSON JAMES MICHAEL &amp; LINDASUE</t>
   </si>
   <si>
     <t>12740 CLINTON RD</t>
   </si>
   <si>
     <t>12-00961.000</t>
   </si>
   <si>
     <t>STUBBLEFIELD LYNDON</t>
   </si>
   <si>
     <t>14360 HAMETOWN RD</t>
   </si>
   <si>
     <t>12-00989.000</t>
   </si>
   <si>
     <t>MEADOWS DEBORAH</t>
   </si>
   <si>
     <t>13077 E EASTON RD</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">18592 EDWARDS  LOT 246</t>
   </si>
   <si>
     <t>1201081</t>
   </si>
   <si>
     <t>LONGWELL PARKER M</t>
   </si>
   <si>
     <t xml:space="preserve">14740 OAK GROVE  LOT 196</t>
   </si>
   <si>
     <t>12-01358.000</t>
   </si>
   <si>
     <t>SAYRE MICHAEL S</t>
   </si>
   <si>
     <t>15212 RITTMAN RD</t>
   </si>
   <si>
     <t>12-01609.000</t>
   </si>
   <si>
     <t>MIHELIC ERIC</t>
   </si>
@@ -634,70 +625,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F63" headerRowCount="1">
-  <autoFilter ref="A1:F63"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F62" headerRowCount="1">
+  <autoFilter ref="A1:F62"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=1951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=18567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=8083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=66075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=61632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=11080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=21869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=25736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=50768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=33291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=62074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=57348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=41878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=40835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=35624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=54062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48894&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=1951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=18567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=8083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=5093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=66075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=61632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=11080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=23168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=21869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=25736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=50768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=33291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=43469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=62074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=57348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=41878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=24141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=40835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=35624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=44508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=54062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=70205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=67832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=68088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=71541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=69775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waynecountytreasurer.org/Account/Index?Property_ID=48894&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F63"/>
+  <dimension ref="A1:F62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="45.03722381591797" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="28.530065536499023" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1081,893 +1072,873 @@
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
         <v>9471.49</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>2.1</v>
+        <v>137.51</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>137.51</v>
+        <v>72.38</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>72.38</v>
+        <v>4353.94</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>4353.94</v>
+        <v>4857.91</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>4857.91</v>
+        <v>1765.49</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>1765.49</v>
+        <v>27137.4</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>27137.4</v>
+        <v>6788.54</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>6788.54</v>
+        <v>4292.13</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>4292.13</v>
+        <v>1188.36</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>1188.36</v>
+        <v>3477.49</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>3477.49</v>
+        <v>1153.92</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>1153.92</v>
+        <v>3491.69</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>3491.69</v>
+        <v>1041.88</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="E34" s="2">
-        <v>1041.88</v>
+        <v>13.32</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>13.32</v>
+        <v>188.78</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="2">
-        <v>188.78</v>
+        <v>120.51</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="E37" s="2">
-        <v>120.51</v>
+        <v>78.1</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E38" s="2">
-        <v>78.1</v>
+        <v>67.18</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E39" s="2">
-        <v>67.18</v>
+        <v>139.56</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E40" s="2">
-        <v>139.56</v>
+        <v>66.65</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E41" s="2">
-        <v>66.65</v>
+        <v>71.22</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="2">
-        <v>71.22</v>
+        <v>44.35</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E43" s="2">
-        <v>44.35</v>
+        <v>145.97</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E44" s="2">
-        <v>145.97</v>
+        <v>382.3</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="2">
-        <v>382.3</v>
+        <v>247.16</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="2">
-        <v>247.16</v>
+        <v>349.79</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="2">
-        <v>349.79</v>
+        <v>31.1</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>31.1</v>
+        <v>331.43</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E49" s="2">
-        <v>331.43</v>
+        <v>206.38</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E50" s="2">
-        <v>206.38</v>
+        <v>1021.84</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E51" s="2">
-        <v>1021.84</v>
+        <v>10908.24</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E52" s="2">
-        <v>10908.24</v>
+        <v>181.44</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="2">
-        <v>181.44</v>
+        <v>822.54</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E54" s="2">
-        <v>822.54</v>
+        <v>3228.17</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E55" s="2">
-        <v>3228.17</v>
+        <v>31.72</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E56" s="2">
-        <v>31.72</v>
+        <v>665.55</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E57" s="2">
-        <v>665.55</v>
+        <v>4416.62</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E58" s="2">
-        <v>4416.62</v>
+        <v>829.27</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E59" s="2">
-        <v>829.27</v>
+        <v>408.38</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E60" s="2">
-        <v>408.38</v>
+        <v>1566.39</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E61" s="2">
-        <v>1566.39</v>
+        <v>68.1</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>8</v>
+        <v>187</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E62" s="2">
-        <v>68.1</v>
+        <v>5244.11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1990,33 +1961,32 @@
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
-    <hyperlink ref="F63" r:id="rId63"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>